--- v0 (2025-12-25)
+++ v1 (2026-03-26)
@@ -579,65 +579,69 @@
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>000-000</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>9t9xvnky</t>
         </is>
       </c>
       <c r="F2" t="inlineStr"/>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
       <c r="I2" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>DDPS 개발 테스트장비</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr"/>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>장비점검</t>
+        </is>
+      </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>2025-08-18</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>1.1.4</t>
         </is>
       </c>
       <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr"/>
       <c r="P2" t="inlineStr"/>
       <c r="Q2" t="n">
         <v>0</v>
       </c>
       <c r="R2" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>